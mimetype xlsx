--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -17,159 +17,159 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="vote" sheetId="1" r:id="rId1"/>
     <sheet name="positions" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="106">
   <si>
     <t>type_desc</t>
   </si>
   <si>
+    <t>vote_date</t>
+  </si>
+  <si>
+    <t>last_retrieved</t>
+  </si>
+  <si>
+    <t>question_text</t>
+  </si>
+  <si>
+    <t>id</t>
+  </si>
+  <si>
     <t>contains_split_votes</t>
   </si>
   <si>
+    <t>motion_successful</t>
+  </si>
+  <si>
     <t>outcome_text</t>
   </si>
   <si>
+    <t>reading</t>
+  </si>
+  <si>
+    <t>type</t>
+  </si>
+  <si>
     <t>hansard_status</t>
   </si>
   <si>
-    <t>reading</t>
-[...16 lines deleted...]
-  <si>
     <t>document_id</t>
   </si>
   <si>
-    <t>type</t>
+    <t>bill.id</t>
+  </si>
+  <si>
+    <t>bill.legacy_document_id</t>
+  </si>
+  <si>
+    <t>bill.parliament_api_id</t>
+  </si>
+  <si>
+    <t>bill.name</t>
+  </si>
+  <si>
+    <t>bill.description</t>
+  </si>
+  <si>
+    <t>bill.date_modified</t>
+  </si>
+  <si>
+    <t>bill.last_retrieved</t>
+  </si>
+  <si>
+    <t>bill.type</t>
+  </si>
+  <si>
+    <t>bill.type_desc</t>
+  </si>
+  <si>
+    <t>bill.voting_method</t>
+  </si>
+  <si>
+    <t>bill.voting_method_desc</t>
+  </si>
+  <si>
+    <t>bill.progress</t>
+  </si>
+  <si>
+    <t>bill.progress_desc</t>
+  </si>
+  <si>
+    <t>bill.is_divided</t>
   </si>
   <si>
     <t>totals.ayes</t>
   </si>
   <si>
     <t>totals.noes</t>
   </si>
   <si>
     <t>totals.abstentions</t>
   </si>
   <si>
     <t>totals.absent</t>
   </si>
   <si>
-    <t>bill.id</t>
-[...40 lines deleted...]
-  <si>
     <t>Party vote</t>
   </si>
   <si>
+    <t>2018-02-21</t>
+  </si>
+  <si>
+    <t>2020-07-02T09:59:48.821618+00:00</t>
+  </si>
+  <si>
+    <t>A party vote was called for on the question, That the Education (Protecting Teacher Title) Amendment Bill be now read a first time.</t>
+  </si>
+  <si>
     <t>Bill read a first time.</t>
   </si>
   <si>
+    <t>party</t>
+  </si>
+  <si>
     <t>Final</t>
   </si>
   <si>
-    <t>2018-02-21</t>
-[...7 lines deleted...]
-  <si>
     <t>HansS_20180221_075900000</t>
-  </si>
-[...1 lines deleted...]
-    <t>party</t>
   </si>
   <si>
     <t>BILL_75709</t>
   </si>
   <si>
     <t>ec68efaf-ec0a-4a4b-8d5c-fa7b49b9f3d7</t>
   </si>
   <si>
     <t>Education (Protecting Teacher Title) Amendment Bill</t>
   </si>
   <si>
     <t>The intent of this bill is to lift the status of teachers by removing the ability of those who have not gained the recognised teaching qualifications from representing themselves as "teachers" by using that title.</t>
   </si>
   <si>
     <t>2023-03-09</t>
   </si>
   <si>
     <t>2023-03-23T00:00:49.170010+00:00</t>
   </si>
   <si>
     <t>mem</t>
   </si>
   <si>
     <t>Member's bill</t>
   </si>
@@ -714,275 +714,275 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="B1" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B3" t="b">
-        <v>0</v>
+      <c r="B3" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6">
-        <v>1</v>
+        <v>219</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B7" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="B8" t="s">
-        <v>33</v>
+      <c r="B8" t="b">
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B10" t="s">
-        <v>35</v>
+      <c r="B10">
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B11">
-        <v>219</v>
+      <c r="B11" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B14">
-        <v>63</v>
+        <v>268</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B15">
-        <v>57</v>
+      <c r="B15" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B16">
-        <v>0</v>
+      <c r="B16" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B17">
-        <v>0</v>
+      <c r="B17" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B18">
-        <v>268</v>
+      <c r="B18" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B27" t="s">
-        <v>46</v>
+      <c r="B27" t="b">
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B28" t="s">
-        <v>47</v>
+      <c r="B28">
+        <v>63</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B29" t="s">
-        <v>48</v>
+      <c r="B29">
+        <v>57</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B30" t="s">
-        <v>49</v>
+      <c r="B30">
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B31" t="b">
+      <c r="B31">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="B1" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>52</v>