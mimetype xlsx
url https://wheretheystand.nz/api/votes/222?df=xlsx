--- v0 (2025-10-08)
+++ v1 (2025-11-24)
@@ -14,162 +14,162 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="vote" sheetId="1" r:id="rId1"/>
     <sheet name="positions" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="106">
   <si>
+    <t>document_id</t>
+  </si>
+  <si>
+    <t>hansard_status</t>
+  </si>
+  <si>
+    <t>outcome_text</t>
+  </si>
+  <si>
     <t>type_desc</t>
   </si>
   <si>
+    <t>reading</t>
+  </si>
+  <si>
+    <t>type</t>
+  </si>
+  <si>
+    <t>motion_successful</t>
+  </si>
+  <si>
+    <t>vote_date</t>
+  </si>
+  <si>
+    <t>last_retrieved</t>
+  </si>
+  <si>
+    <t>question_text</t>
+  </si>
+  <si>
+    <t>id</t>
+  </si>
+  <si>
     <t>contains_split_votes</t>
   </si>
   <si>
-    <t>outcome_text</t>
-[...26 lines deleted...]
-    <t>type</t>
+    <t>bill.id</t>
+  </si>
+  <si>
+    <t>bill.legacy_document_id</t>
+  </si>
+  <si>
+    <t>bill.parliament_api_id</t>
+  </si>
+  <si>
+    <t>bill.name</t>
+  </si>
+  <si>
+    <t>bill.description</t>
+  </si>
+  <si>
+    <t>bill.date_modified</t>
+  </si>
+  <si>
+    <t>bill.last_retrieved</t>
+  </si>
+  <si>
+    <t>bill.type</t>
+  </si>
+  <si>
+    <t>bill.type_desc</t>
+  </si>
+  <si>
+    <t>bill.voting_method</t>
+  </si>
+  <si>
+    <t>bill.voting_method_desc</t>
+  </si>
+  <si>
+    <t>bill.progress</t>
+  </si>
+  <si>
+    <t>bill.progress_desc</t>
+  </si>
+  <si>
+    <t>bill.is_divided</t>
   </si>
   <si>
     <t>totals.ayes</t>
   </si>
   <si>
     <t>totals.noes</t>
   </si>
   <si>
     <t>totals.abstentions</t>
   </si>
   <si>
     <t>totals.absent</t>
   </si>
   <si>
-    <t>bill.id</t>
-[...38 lines deleted...]
-    <t>bill.is_divided</t>
+    <t>HansS_20180221_059400000</t>
+  </si>
+  <si>
+    <t>Final</t>
+  </si>
+  <si>
+    <t>Motion not agreed to.</t>
   </si>
   <si>
     <t>Party vote</t>
   </si>
   <si>
-    <t>Motion not agreed to.</t>
-[...2 lines deleted...]
-    <t>Final</t>
+    <t>party</t>
   </si>
   <si>
     <t>2018-02-21</t>
   </si>
   <si>
+    <t>2020-07-02T09:59:55.026294+00:00</t>
+  </si>
+  <si>
     <t>A party vote was called for on the question, That the Local Government (Freedom of Access) Amendment Bill be now read a first time.</t>
-  </si>
-[...7 lines deleted...]
-    <t>party</t>
   </si>
   <si>
     <t>BILL_74310</t>
   </si>
   <si>
     <t>fa46d22c-4b40-46a4-bf2c-b1009f0285c8</t>
   </si>
   <si>
     <t>Local Government (Freedom of Access) Amendment Bill</t>
   </si>
   <si>
     <t>This bill clarifies the law to ensure that persons who obstruct council enforcement officers or local authority agents from performing their duties, or fail to give true and sufficiently particular details when required by the Bill, are liable to be arrested without a warrant, and widens the scope in which an enforcement officer may remove and seize property.</t>
   </si>
   <si>
     <t>2023-03-09</t>
   </si>
   <si>
     <t>2023-03-23T00:00:51.865215+00:00</t>
   </si>
   <si>
     <t>mem</t>
   </si>
   <si>
     <t>Member's bill</t>
   </si>
@@ -714,275 +714,275 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="B1" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B3" t="b">
-        <v>0</v>
+      <c r="B3" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="B7" t="b">
-        <v>0</v>
+      <c r="B7" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="B8" t="s">
-        <v>33</v>
+      <c r="B8" t="b">
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B11">
-        <v>222</v>
+      <c r="B11" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B12" t="s">
-        <v>36</v>
+      <c r="B12">
+        <v>222</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="B13" t="s">
-        <v>37</v>
+      <c r="B13" t="b">
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B14">
-        <v>56</v>
+        <v>285</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B15">
-        <v>64</v>
+      <c r="B15" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B16">
-        <v>0</v>
+      <c r="B16" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B17">
-        <v>0</v>
+      <c r="B17" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B18">
-        <v>285</v>
+      <c r="B18" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B27" t="s">
-        <v>46</v>
+      <c r="B27" t="b">
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B28" t="s">
-        <v>47</v>
+      <c r="B28">
+        <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B29" t="s">
-        <v>48</v>
+      <c r="B29">
+        <v>64</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B30" t="s">
-        <v>49</v>
+      <c r="B30">
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B31" t="b">
+      <c r="B31">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="B1" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>52</v>