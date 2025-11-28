--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -14,162 +14,162 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="vote" sheetId="1" r:id="rId1"/>
     <sheet name="positions" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="100">
   <si>
+    <t>last_retrieved</t>
+  </si>
+  <si>
     <t>motion_successful</t>
   </si>
   <si>
+    <t>id</t>
+  </si>
+  <si>
+    <t>outcome_text</t>
+  </si>
+  <si>
+    <t>reading</t>
+  </si>
+  <si>
+    <t>hansard_status</t>
+  </si>
+  <si>
     <t>document_id</t>
   </si>
   <si>
-    <t>hansard_status</t>
-[...8 lines deleted...]
-    <t>reading</t>
+    <t>vote_date</t>
+  </si>
+  <si>
+    <t>question_text</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>type_desc</t>
   </si>
   <si>
-    <t>vote_date</t>
-[...7 lines deleted...]
-  <si>
     <t>contains_split_votes</t>
   </si>
   <si>
+    <t>totals.ayes</t>
+  </si>
+  <si>
+    <t>totals.noes</t>
+  </si>
+  <si>
+    <t>totals.abstentions</t>
+  </si>
+  <si>
+    <t>totals.absent</t>
+  </si>
+  <si>
     <t>bill.id</t>
   </si>
   <si>
     <t>bill.legacy_document_id</t>
   </si>
   <si>
     <t>bill.parliament_api_id</t>
   </si>
   <si>
     <t>bill.name</t>
   </si>
   <si>
     <t>bill.description</t>
   </si>
   <si>
     <t>bill.date_modified</t>
   </si>
   <si>
     <t>bill.last_retrieved</t>
   </si>
   <si>
     <t>bill.type</t>
   </si>
   <si>
     <t>bill.type_desc</t>
   </si>
   <si>
     <t>bill.voting_method</t>
   </si>
   <si>
     <t>bill.voting_method_desc</t>
   </si>
   <si>
     <t>bill.progress</t>
   </si>
   <si>
     <t>bill.progress_desc</t>
   </si>
   <si>
     <t>bill.is_divided</t>
   </si>
   <si>
-    <t>totals.ayes</t>
-[...8 lines deleted...]
-    <t>totals.absent</t>
+    <t>2022-10-17T12:32:04.594585+00:00</t>
+  </si>
+  <si>
+    <t>Motion agreed to.</t>
+  </si>
+  <si>
+    <t>Final</t>
   </si>
   <si>
     <t>HansS_20210519_056100000</t>
   </si>
   <si>
-    <t>Final</t>
-[...2 lines deleted...]
-    <t>Motion agreed to.</t>
+    <t>2021-05-19</t>
+  </si>
+  <si>
+    <t>A party vote was called for on the question, That the Holidays (Increasing Sick Leave) Amendment Bill be now read a third time.</t>
   </si>
   <si>
     <t>party</t>
   </si>
   <si>
     <t>Party vote</t>
-  </si>
-[...7 lines deleted...]
-    <t>2022-10-17T12:32:04.594585+00:00</t>
   </si>
   <si>
     <t>BILL_103893</t>
   </si>
   <si>
     <t>2e23af8c-06e2-45ad-8fb4-3ea1d5847710</t>
   </si>
   <si>
     <t>Holidays (Increasing Sick Leave) Amendment Bill</t>
   </si>
   <si>
     <t>The main purpose of this bill is to increase the availability of employer-funded sick leave for employees.</t>
   </si>
   <si>
     <t>2023-03-09</t>
   </si>
   <si>
     <t>2023-03-23T00:02:04.462195+00:00</t>
   </si>
   <si>
     <t>gov</t>
   </si>
   <si>
     <t>Government bill</t>
   </si>
@@ -688,92 +688,92 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="B1" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B2" t="b">
-        <v>1</v>
+      <c r="B2" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B3" t="s">
-        <v>30</v>
+      <c r="B3" t="b">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B4" t="s">
-        <v>31</v>
+      <c r="B4">
+        <v>398</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="B5">
-        <v>398</v>
+      <c r="B5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B6" t="s">
-        <v>32</v>
+      <c r="B6">
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="B7">
-        <v>3</v>
+      <c r="B7" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
@@ -785,187 +785,187 @@
       <c r="B11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B14">
-        <v>712</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B15" t="s">
-        <v>38</v>
+      <c r="B15">
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B16" t="s">
-        <v>39</v>
+      <c r="B16">
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B17" t="s">
-        <v>40</v>
+      <c r="B17">
+        <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B18" t="s">
-        <v>41</v>
+      <c r="B18">
+        <v>712</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B27" t="b">
-        <v>0</v>
+      <c r="B27" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B28">
-        <v>75</v>
+      <c r="B28" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B29">
-        <v>43</v>
+      <c r="B29" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B30">
-        <v>0</v>
+      <c r="B30" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B31">
-        <v>2</v>
+      <c r="B31" t="b">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="B1" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>52</v>
       </c>