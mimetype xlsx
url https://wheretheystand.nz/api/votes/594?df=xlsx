--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,166 +12,166 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="vote" sheetId="1" r:id="rId1"/>
     <sheet name="positions" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="105">
+  <si>
+    <t>last_retrieved</t>
+  </si>
+  <si>
+    <t>motion_successful</t>
+  </si>
+  <si>
+    <t>id</t>
+  </si>
+  <si>
+    <t>outcome_text</t>
+  </si>
+  <si>
+    <t>reading</t>
+  </si>
+  <si>
+    <t>hansard_status</t>
+  </si>
   <si>
     <t>document_id</t>
   </si>
   <si>
+    <t>vote_date</t>
+  </si>
+  <si>
+    <t>question_text</t>
+  </si>
+  <si>
     <t>type</t>
   </si>
   <si>
-    <t>vote_date</t>
-[...4 lines deleted...]
-  <si>
     <t>type_desc</t>
   </si>
   <si>
-    <t>motion_successful</t>
-[...4 lines deleted...]
-  <si>
     <t>contains_split_votes</t>
   </si>
   <si>
-    <t>question_text</t>
-[...8 lines deleted...]
-    <t>id</t>
+    <t>totals.ayes</t>
+  </si>
+  <si>
+    <t>totals.noes</t>
+  </si>
+  <si>
+    <t>totals.abstentions</t>
+  </si>
+  <si>
+    <t>totals.absent</t>
   </si>
   <si>
     <t>bill.id</t>
   </si>
   <si>
     <t>bill.legacy_document_id</t>
   </si>
   <si>
     <t>bill.parliament_api_id</t>
   </si>
   <si>
     <t>bill.name</t>
   </si>
   <si>
     <t>bill.description</t>
   </si>
   <si>
     <t>bill.date_modified</t>
   </si>
   <si>
     <t>bill.last_retrieved</t>
   </si>
   <si>
     <t>bill.type</t>
   </si>
   <si>
     <t>bill.type_desc</t>
   </si>
   <si>
     <t>bill.voting_method</t>
   </si>
   <si>
     <t>bill.voting_method_desc</t>
   </si>
   <si>
     <t>bill.progress</t>
   </si>
   <si>
     <t>bill.progress_desc</t>
   </si>
   <si>
     <t>bill.is_divided</t>
   </si>
   <si>
-    <t>totals.ayes</t>
-[...8 lines deleted...]
-    <t>totals.absent</t>
+    <t>2025-03-04T12:32:24.473696+00:00</t>
+  </si>
+  <si>
+    <t>Motion agreed to.</t>
+  </si>
+  <si>
+    <t>Final</t>
   </si>
   <si>
     <t>HansS_20221122_074100000</t>
   </si>
   <si>
+    <t>2022-11-22</t>
+  </si>
+  <si>
+    <t>A party vote was called for on the question, That the Grocery Industry Competition Bill be now read a first time.</t>
+  </si>
+  <si>
     <t>party</t>
   </si>
   <si>
-    <t>2022-11-22</t>
-[...1 lines deleted...]
-  <si>
     <t>Party vote</t>
   </si>
   <si>
-    <t>Final</t>
-[...10 lines deleted...]
-  <si>
     <t>BILL_129934</t>
   </si>
   <si>
     <t>5050fc02-3c04-4f82-9536-e22dce6509b5</t>
   </si>
   <si>
     <t>Grocery Industry Competition Bill</t>
   </si>
   <si>
     <t>This bill seeks to improve competition and efficiency in the grocery industry for the long-term benefit of consumers, and to contribute to a trading environment in which businesses can participate confidently.</t>
   </si>
   <si>
     <t>2023-06-27</t>
   </si>
   <si>
     <t>2023-06-27T12:30:10.827556+00:00</t>
   </si>
   <si>
     <t>gov</t>
   </si>
   <si>
     <t>Government bill</t>
   </si>
   <si>
     <t>par</t>
@@ -270,53 +270,50 @@
     <t>Green Party</t>
   </si>
   <si>
     <t>Te Pāti Māori</t>
   </si>
   <si>
     <t>ACT New Zealand</t>
   </si>
   <si>
     <t>New Zealand Labour Party</t>
   </si>
   <si>
     <t>The New Zealand National Party</t>
   </si>
   <si>
     <t>The Greens, The Green Party of Aotearoa/New Zealand</t>
   </si>
   <si>
     <t>Labour</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>Green</t>
-  </si>
-[...1 lines deleted...]
-    <t>Māori</t>
   </si>
   <si>
     <t>ACT</t>
   </si>
   <si>
     <t>New Zealand Labour</t>
   </si>
   <si>
     <t>New Zealand National</t>
   </si>
   <si>
     <t>Green Party of Aotearoa New Zealand</t>
   </si>
   <si>
     <t>Te Paati Māori</t>
   </si>
   <si>
     <t>ACT Party</t>
   </si>
   <si>
     <t>LAB</t>
   </si>
   <si>
     <t>NAT</t>
   </si>
@@ -714,276 +711,276 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="B1" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B3" t="s">
-        <v>31</v>
+      <c r="B3" t="b">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B4" t="s">
-        <v>32</v>
+      <c r="B4">
+        <v>594</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="B5">
-        <v>1</v>
+      <c r="B5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B6" t="s">
-        <v>33</v>
+      <c r="B6">
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="B7" t="b">
-        <v>1</v>
+      <c r="B7" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B9" t="b">
-        <v>0</v>
+      <c r="B9" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="B13">
-        <v>594</v>
+      <c r="B13" t="b">
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B14">
-        <v>897</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B15" t="s">
-        <v>38</v>
+      <c r="B15">
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B16" t="s">
-        <v>39</v>
+      <c r="B16">
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B17" t="s">
-        <v>40</v>
+      <c r="B17">
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B18" t="s">
-        <v>41</v>
+      <c r="B18">
+        <v>897</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B27" t="b">
-        <v>0</v>
+      <c r="B27" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B28">
-        <v>108</v>
+      <c r="B28" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B29">
-        <v>10</v>
+      <c r="B29" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B30">
-        <v>0</v>
+      <c r="B30" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B31">
-        <v>1</v>
+      <c r="B31" t="b">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="B1" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>52</v>
       </c>
@@ -1040,263 +1037,263 @@
       <c r="D2">
         <v>64</v>
       </c>
       <c r="E2" t="b">
         <v>0</v>
       </c>
       <c r="F2" t="b">
         <v>0</v>
       </c>
       <c r="H2">
         <v>8</v>
       </c>
       <c r="I2" t="s">
         <v>70</v>
       </c>
       <c r="J2" t="s">
         <v>75</v>
       </c>
       <c r="K2" t="s">
         <v>80</v>
       </c>
       <c r="L2" t="s">
         <v>83</v>
       </c>
       <c r="M2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="N2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="O2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="P2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="Q2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="1">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>68</v>
       </c>
       <c r="D3">
         <v>32</v>
       </c>
       <c r="E3" t="b">
         <v>0</v>
       </c>
       <c r="F3" t="b">
         <v>0</v>
       </c>
       <c r="H3">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>71</v>
       </c>
       <c r="J3" t="s">
         <v>76</v>
       </c>
       <c r="K3" t="s">
         <v>81</v>
       </c>
       <c r="L3" t="s">
         <v>84</v>
       </c>
       <c r="M3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="N3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="O3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="P3" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="Q3" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="1">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>66</v>
       </c>
       <c r="C4" t="s">
         <v>68</v>
       </c>
       <c r="D4">
         <v>10</v>
       </c>
       <c r="E4" t="b">
         <v>0</v>
       </c>
       <c r="F4" t="b">
         <v>0</v>
       </c>
       <c r="H4">
         <v>11</v>
       </c>
       <c r="I4" t="s">
         <v>72</v>
       </c>
       <c r="J4" t="s">
         <v>77</v>
       </c>
       <c r="K4" t="s">
         <v>82</v>
       </c>
       <c r="L4" t="s">
         <v>85</v>
       </c>
       <c r="M4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="N4" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="O4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="P4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="Q4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>66</v>
       </c>
       <c r="C5" t="s">
         <v>68</v>
       </c>
       <c r="D5">
         <v>2</v>
       </c>
       <c r="E5" t="b">
         <v>0</v>
       </c>
       <c r="F5" t="b">
         <v>0</v>
       </c>
       <c r="H5">
         <v>5</v>
       </c>
       <c r="I5" t="s">
         <v>73</v>
       </c>
       <c r="J5" t="s">
         <v>78</v>
       </c>
       <c r="K5" t="s">
         <v>78</v>
       </c>
       <c r="L5" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="M5" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="N5" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="O5" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="P5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="Q5" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>67</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6">
         <v>10</v>
       </c>
       <c r="E6" t="b">
         <v>0</v>
       </c>
       <c r="F6" t="b">
         <v>0</v>
       </c>
       <c r="H6">
         <v>2</v>
       </c>
       <c r="I6" t="s">
         <v>74</v>
       </c>
       <c r="J6" t="s">
         <v>79</v>
       </c>
       <c r="K6" t="s">
         <v>79</v>
       </c>
       <c r="L6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="M6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="N6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="O6" t="s">
+        <v>100</v>
+      </c>
+      <c r="P6" t="s">
         <v>101</v>
       </c>
-      <c r="P6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q6" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>vote</vt:lpstr>