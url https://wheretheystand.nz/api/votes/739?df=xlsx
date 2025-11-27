--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -12,88 +12,88 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="vote" sheetId="1" r:id="rId1"/>
     <sheet name="positions" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="110">
+  <si>
+    <t>type</t>
+  </si>
+  <si>
+    <t>question_text</t>
+  </si>
   <si>
     <t>type_desc</t>
   </si>
   <si>
+    <t>reading</t>
+  </si>
+  <si>
+    <t>outcome_text</t>
+  </si>
+  <si>
+    <t>hansard_status</t>
+  </si>
+  <si>
+    <t>id</t>
+  </si>
+  <si>
+    <t>vote_date</t>
+  </si>
+  <si>
+    <t>motion_successful</t>
+  </si>
+  <si>
+    <t>document_id</t>
+  </si>
+  <si>
     <t>contains_split_votes</t>
   </si>
   <si>
-    <t>outcome_text</t>
-[...16 lines deleted...]
-  <si>
     <t>last_retrieved</t>
   </si>
   <si>
-    <t>id</t>
-[...7 lines deleted...]
-  <si>
     <t>totals.ayes</t>
   </si>
   <si>
     <t>totals.noes</t>
   </si>
   <si>
     <t>totals.abstentions</t>
   </si>
   <si>
     <t>totals.absent</t>
   </si>
   <si>
     <t>bill.id</t>
   </si>
   <si>
     <t>bill.legacy_document_id</t>
   </si>
   <si>
     <t>bill.parliament_api_id</t>
   </si>
   <si>
     <t>bill.name</t>
   </si>
   <si>
     <t>bill.description</t>
@@ -104,74 +104,74 @@
   <si>
     <t>bill.last_retrieved</t>
   </si>
   <si>
     <t>bill.type</t>
   </si>
   <si>
     <t>bill.type_desc</t>
   </si>
   <si>
     <t>bill.voting_method</t>
   </si>
   <si>
     <t>bill.voting_method_desc</t>
   </si>
   <si>
     <t>bill.progress</t>
   </si>
   <si>
     <t>bill.progress_desc</t>
   </si>
   <si>
     <t>bill.is_divided</t>
   </si>
   <si>
+    <t>party</t>
+  </si>
+  <si>
+    <t>A party vote was called for on the question, That the Electoral (Equal Protection of Māori Seats) Amendment Bill be now read a first time.</t>
+  </si>
+  <si>
     <t>Party vote</t>
   </si>
   <si>
     <t>Motion not agreed to.</t>
   </si>
   <si>
     <t>Final</t>
   </si>
   <si>
     <t>2024-02-14</t>
   </si>
   <si>
-    <t>A party vote was called for on the question, That the Electoral (Equal Protection of Māori Seats) Amendment Bill be now read a first time.</t>
+    <t>HansS_20240214_054660000</t>
   </si>
   <si>
     <t>2025-03-13T12:32:38.755734+00:00</t>
   </si>
   <si>
-    <t>HansS_20240214_054660000</t>
-[...4 lines deleted...]
-  <si>
     <t>eef4205c-b349-4fdf-208a-08dba9b9dfac</t>
   </si>
   <si>
     <t>Electoral (Equal Protection of Māori Seats) Amendment Bill</t>
   </si>
   <si>
     <t>The purpose of the Bill is to amend provisions in the Electoral Act 1993 to provide Māori electorates with the same protections as General electorates.</t>
   </si>
   <si>
     <t>2024-04-08</t>
   </si>
   <si>
     <t>2024-04-08T12:30:14.304352+00:00</t>
   </si>
   <si>
     <t>mem</t>
   </si>
   <si>
     <t>Member's bill</t>
   </si>
   <si>
     <t>par</t>
   </si>
   <si>
     <t>Party votes only</t>
@@ -275,84 +275,81 @@
   <si>
     <t>ACT New Zealand</t>
   </si>
   <si>
     <t>New Zealand First</t>
   </si>
   <si>
     <t>New Zealand Labour Party</t>
   </si>
   <si>
     <t>The Greens, The Green Party of Aotearoa/New Zealand</t>
   </si>
   <si>
     <t>The New Zealand National Party</t>
   </si>
   <si>
     <t>New Zealand First Party</t>
   </si>
   <si>
     <t>Labour</t>
   </si>
   <si>
     <t>Green</t>
   </si>
   <si>
-    <t>Māori</t>
-[...1 lines deleted...]
-  <si>
     <t>National</t>
   </si>
   <si>
     <t>ACT</t>
   </si>
   <si>
     <t>NZ First</t>
   </si>
   <si>
     <t>New Zealand Labour</t>
   </si>
   <si>
     <t>Green Party of Aotearoa New Zealand</t>
   </si>
   <si>
     <t>Te Paati Māori</t>
   </si>
   <si>
     <t>New Zealand National</t>
   </si>
   <si>
     <t>ACT Party</t>
   </si>
   <si>
     <t>LAB</t>
   </si>
   <si>
     <t>GRN</t>
   </si>
   <si>
-    <t>MAO</t>
+    <t>TPM</t>
   </si>
   <si>
     <t>NAT</t>
   </si>
   <si>
     <t>NZF</t>
   </si>
   <si>
     <t>#d82a21</t>
   </si>
   <si>
     <t>#0ac958</t>
   </si>
   <si>
     <t>#CE2733</t>
   </si>
   <si>
     <t>#2f8acc</t>
   </si>
   <si>
     <t>#d40f7d</t>
   </si>
   <si>
     <t>#404141</t>
   </si>
@@ -729,124 +726,124 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="B1" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B3" t="b">
-        <v>0</v>
+      <c r="B3" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="B5" t="s">
-        <v>32</v>
+      <c r="B5">
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B6">
-        <v>1</v>
+      <c r="B6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="B7" t="b">
-        <v>0</v>
+      <c r="B7" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="B8" t="s">
-        <v>33</v>
+      <c r="B8">
+        <v>739</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B10" t="s">
-        <v>35</v>
+      <c r="B10" t="b">
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B11">
-        <v>739</v>
+      <c r="B11" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B12" t="s">
-        <v>36</v>
+      <c r="B12" t="b">
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B14">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B15">
         <v>68</v>
       </c>
@@ -1052,313 +1049,313 @@
       <c r="D2">
         <v>34</v>
       </c>
       <c r="E2" t="b">
         <v>0</v>
       </c>
       <c r="F2" t="b">
         <v>0</v>
       </c>
       <c r="H2">
         <v>8</v>
       </c>
       <c r="I2" t="s">
         <v>69</v>
       </c>
       <c r="J2" t="s">
         <v>75</v>
       </c>
       <c r="K2" t="s">
         <v>81</v>
       </c>
       <c r="L2" t="s">
         <v>85</v>
       </c>
       <c r="M2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="N2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="O2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="P2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="Q2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="1">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>65</v>
       </c>
       <c r="C3" t="s">
         <v>67</v>
       </c>
       <c r="D3">
         <v>15</v>
       </c>
       <c r="E3" t="b">
         <v>0</v>
       </c>
       <c r="F3" t="b">
         <v>0</v>
       </c>
       <c r="H3">
         <v>11</v>
       </c>
       <c r="I3" t="s">
         <v>70</v>
       </c>
       <c r="J3" t="s">
         <v>76</v>
       </c>
       <c r="K3" t="s">
         <v>82</v>
       </c>
       <c r="L3" t="s">
         <v>86</v>
       </c>
       <c r="M3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="N3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="O3" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="P3" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="Q3" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="1">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>65</v>
       </c>
       <c r="C4" t="s">
         <v>67</v>
       </c>
       <c r="D4">
         <v>6</v>
       </c>
       <c r="E4" t="b">
         <v>0</v>
       </c>
       <c r="F4" t="b">
         <v>0</v>
       </c>
       <c r="H4">
         <v>5</v>
       </c>
       <c r="I4" t="s">
         <v>71</v>
       </c>
       <c r="J4" t="s">
         <v>77</v>
       </c>
       <c r="K4" t="s">
         <v>77</v>
       </c>
       <c r="L4" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="M4" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="N4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="O4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="P4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="Q4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>66</v>
       </c>
       <c r="C5" t="s">
         <v>68</v>
       </c>
       <c r="D5">
         <v>49</v>
       </c>
       <c r="E5" t="b">
         <v>0</v>
       </c>
       <c r="F5" t="b">
         <v>0</v>
       </c>
       <c r="H5">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>72</v>
       </c>
       <c r="J5" t="s">
         <v>78</v>
       </c>
       <c r="K5" t="s">
         <v>83</v>
       </c>
       <c r="L5" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="M5" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="N5" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="O5" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="P5" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="Q5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>68</v>
       </c>
       <c r="D6">
         <v>11</v>
       </c>
       <c r="E6" t="b">
         <v>0</v>
       </c>
       <c r="F6" t="b">
         <v>0</v>
       </c>
       <c r="H6">
         <v>2</v>
       </c>
       <c r="I6" t="s">
         <v>73</v>
       </c>
       <c r="J6" t="s">
         <v>79</v>
       </c>
       <c r="K6" t="s">
         <v>79</v>
       </c>
       <c r="L6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="M6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="N6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="O6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="P6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="Q6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>68</v>
       </c>
       <c r="D7">
         <v>8</v>
       </c>
       <c r="E7" t="b">
         <v>0</v>
       </c>
       <c r="F7" t="b">
         <v>0</v>
       </c>
       <c r="H7">
         <v>7</v>
       </c>
       <c r="I7" t="s">
         <v>74</v>
       </c>
       <c r="J7" t="s">
         <v>80</v>
       </c>
       <c r="K7" t="s">
         <v>84</v>
       </c>
       <c r="L7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="M7" t="s">
         <v>80</v>
       </c>
       <c r="N7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="O7" t="s">
+        <v>105</v>
+      </c>
+      <c r="P7" t="s">
         <v>106</v>
       </c>
-      <c r="P7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>vote</vt:lpstr>