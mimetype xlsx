--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -14,86 +14,86 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="vote" sheetId="1" r:id="rId1"/>
     <sheet name="positions" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="105">
   <si>
+    <t>last_retrieved</t>
+  </si>
+  <si>
+    <t>motion_successful</t>
+  </si>
+  <si>
+    <t>id</t>
+  </si>
+  <si>
+    <t>outcome_text</t>
+  </si>
+  <si>
+    <t>reading</t>
+  </si>
+  <si>
+    <t>hansard_status</t>
+  </si>
+  <si>
+    <t>document_id</t>
+  </si>
+  <si>
+    <t>vote_date</t>
+  </si>
+  <si>
     <t>question_text</t>
   </si>
   <si>
-    <t>motion_successful</t>
-[...1 lines deleted...]
-  <si>
     <t>type</t>
   </si>
   <si>
-    <t>reading</t>
-[...2 lines deleted...]
-    <t>document_id</t>
+    <t>type_desc</t>
   </si>
   <si>
     <t>contains_split_votes</t>
   </si>
   <si>
-    <t>id</t>
-[...16 lines deleted...]
-  <si>
     <t>totals.ayes</t>
   </si>
   <si>
     <t>totals.noes</t>
   </si>
   <si>
     <t>totals.abstentions</t>
   </si>
   <si>
     <t>totals.absent</t>
   </si>
   <si>
     <t>bill.id</t>
   </si>
   <si>
     <t>bill.legacy_document_id</t>
   </si>
   <si>
     <t>bill.parliament_api_id</t>
   </si>
   <si>
     <t>bill.name</t>
   </si>
   <si>
     <t>bill.description</t>
@@ -104,72 +104,72 @@
   <si>
     <t>bill.last_retrieved</t>
   </si>
   <si>
     <t>bill.type</t>
   </si>
   <si>
     <t>bill.type_desc</t>
   </si>
   <si>
     <t>bill.voting_method</t>
   </si>
   <si>
     <t>bill.voting_method_desc</t>
   </si>
   <si>
     <t>bill.progress</t>
   </si>
   <si>
     <t>bill.progress_desc</t>
   </si>
   <si>
     <t>bill.is_divided</t>
   </si>
   <si>
+    <t>2025-06-19T12:32:17.826664+00:00</t>
+  </si>
+  <si>
+    <t>Motion agreed to.</t>
+  </si>
+  <si>
+    <t>Corrected</t>
+  </si>
+  <si>
+    <t>HansS_20240530_052800000</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
     <t>A party vote was called for on the question, That the Taxation (Budget Measures) Bill be now read a first time.</t>
   </si>
   <si>
     <t>party</t>
   </si>
   <si>
-    <t>HansS_20240530_052800000</t>
-[...4 lines deleted...]
-  <si>
     <t>Party vote</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-06-19T12:32:17.826664+00:00</t>
   </si>
   <si>
     <t>9d4e635a-c83e-4dd9-a6fb-08dc80370942</t>
   </si>
   <si>
     <t>Taxation (Budget Measures) Bill</t>
   </si>
   <si>
     <t>This bill gives effect to tax measures announced as part of Budget 2024, including adjusting the personal income tax thresholds and expanding eligibility to the independent earner tax credit.</t>
   </si>
   <si>
     <t>2024-06-04</t>
   </si>
   <si>
     <t>2024-06-04T12:30:23.417686+00:00</t>
   </si>
   <si>
     <t>gov</t>
   </si>
   <si>
     <t>Government bill</t>
   </si>
   <si>
     <t>par</t>
   </si>
@@ -719,124 +719,124 @@
     <row r="1" spans="1:2">
       <c r="B1" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B4" t="s">
-        <v>31</v>
+      <c r="B4">
+        <v>783</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="B5">
-        <v>1</v>
+      <c r="B5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B6" t="s">
-        <v>32</v>
+      <c r="B6">
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="B7" t="b">
-        <v>0</v>
+      <c r="B7" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="B8">
-        <v>783</v>
+      <c r="B8" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="B13" t="s">
-        <v>37</v>
+      <c r="B13" t="b">
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B14">
         <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B15">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B16">
         <v>0</v>
       </c>